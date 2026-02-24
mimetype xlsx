--- v0 (2025-12-31)
+++ v1 (2026-02-24)
@@ -1,84 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="studentiLista" sheetId="1" state="visible" r:id="rId2"/>
+    <sheet name="studentiLista" sheetId="1" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
   <extLst>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="CalcA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="179" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="126">
   <si>
     <t xml:space="preserve">Презиме и име</t>
   </si>
   <si>
     <t xml:space="preserve">Индекс</t>
   </si>
   <si>
     <t xml:space="preserve">Студијски програм</t>
   </si>
   <si>
     <t xml:space="preserve">Бр. уписа курса</t>
   </si>
   <si>
     <t xml:space="preserve">тест 1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">тест 2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">тест 3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">укупно</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ТЕОРИЈА</t>
   </si>
   <si>
     <t xml:space="preserve">Анђелковић, Никола   </t>
   </si>
   <si>
     <t xml:space="preserve"> 32/2025</t>
   </si>
   <si>
     <t xml:space="preserve">24.И1</t>
   </si>
   <si>
     <t xml:space="preserve">Божановић, Душан   </t>
   </si>
   <si>
     <t xml:space="preserve"> 173/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Васиљевић, Александар   </t>
   </si>
   <si>
     <t xml:space="preserve"> 217/2024</t>
   </si>
   <si>
     <t xml:space="preserve">Васиљевић, Јована   </t>
   </si>
@@ -392,1214 +406,2597 @@
     <t xml:space="preserve"> 200/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Цивић, Милош   </t>
   </si>
   <si>
     <t xml:space="preserve"> 120/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Чизмић, Ања   </t>
   </si>
   <si>
     <t xml:space="preserve"> 122/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Шофранац, Никола   </t>
   </si>
   <si>
     <t xml:space="preserve"> 108/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="1">
+  <numFmts count="2">
     <numFmt numFmtId="164" formatCode="General"/>
+    <numFmt numFmtId="165" formatCode="General"/>
   </numFmts>
   <fonts count="4">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
+      <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="0"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="0"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="0"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="9">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF4000"/>
-        <bgColor rgb="FFFF0000"/>
+        <bgColor rgb="FFFF5429"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFE994"/>
-        <bgColor rgb="FFFFCC99"/>
+        <bgColor rgb="FFE8F2A1"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFB2B2B2"/>
+        <bgColor rgb="FF969696"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF808080"/>
+        <bgColor rgb="FF969696"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFE8F2A1"/>
+        <bgColor rgb="FFFFE994"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFBBE33D"/>
+        <bgColor rgb="FFE8F2A1"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFF5429"/>
+        <bgColor rgb="FFFF4000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border diagonalUp="false" diagonalDown="false">
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
       <left style="thin"/>
       <right style="thin"/>
       <top style="thin"/>
       <bottom style="thin"/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="20">
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="41" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="42" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="11">
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="3" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+    <xf numFmtId="164" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+    <xf numFmtId="164" fontId="0" fillId="2" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="3" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="4" borderId="1" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="5" borderId="1" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="6" borderId="1" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="7" borderId="1" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="8" borderId="1" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Comma" xfId="15" builtinId="3"/>
     <cellStyle name="Comma [0]" xfId="16" builtinId="6"/>
     <cellStyle name="Currency" xfId="17" builtinId="4"/>
     <cellStyle name="Currency [0]" xfId="18" builtinId="7"/>
     <cellStyle name="Percent" xfId="19" builtinId="5"/>
   </cellStyles>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
-      <rgbColor rgb="FFFF0000"/>
+      <rgbColor rgb="FFFF4000"/>
       <rgbColor rgb="FF00FF00"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF800000"/>
       <rgbColor rgb="FF008000"/>
       <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FF808000"/>
       <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FF008080"/>
-      <rgbColor rgb="FFC0C0C0"/>
+      <rgbColor rgb="FFB2B2B2"/>
       <rgbColor rgb="FF808080"/>
       <rgbColor rgb="FF9999FF"/>
       <rgbColor rgb="FF993366"/>
       <rgbColor rgb="FFFFFFCC"/>
       <rgbColor rgb="FFCCFFFF"/>
       <rgbColor rgb="FF660066"/>
       <rgbColor rgb="FFFF8080"/>
       <rgbColor rgb="FF0066CC"/>
       <rgbColor rgb="FFCCCCFF"/>
       <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FF800000"/>
       <rgbColor rgb="FF008080"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FF00CCFF"/>
       <rgbColor rgb="FFCCFFFF"/>
       <rgbColor rgb="FFCCFFCC"/>
-      <rgbColor rgb="FFFFE994"/>
+      <rgbColor rgb="FFE8F2A1"/>
       <rgbColor rgb="FF99CCFF"/>
       <rgbColor rgb="FFFF99CC"/>
       <rgbColor rgb="FFCC99FF"/>
-      <rgbColor rgb="FFFFCC99"/>
+      <rgbColor rgb="FFFFE994"/>
       <rgbColor rgb="FF3366FF"/>
       <rgbColor rgb="FF33CCCC"/>
-      <rgbColor rgb="FF99CC00"/>
+      <rgbColor rgb="FFBBE33D"/>
       <rgbColor rgb="FFFFCC00"/>
       <rgbColor rgb="FFFF9900"/>
-      <rgbColor rgb="FFFF4000"/>
+      <rgbColor rgb="FFFF5429"/>
       <rgbColor rgb="FF666699"/>
       <rgbColor rgb="FF969696"/>
       <rgbColor rgb="FF003366"/>
       <rgbColor rgb="FF339966"/>
       <rgbColor rgb="FF003300"/>
       <rgbColor rgb="FF333300"/>
       <rgbColor rgb="FF993300"/>
       <rgbColor rgb="FF993366"/>
       <rgbColor rgb="FF333399"/>
       <rgbColor rgb="FF333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office">
+  <a:themeElements>
+    <a:clrScheme name="LibreOffice">
+      <a:dk1>
+        <a:srgbClr val="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:srgbClr val="ffffff"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="000000"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="ffffff"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="18a303"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="0369a3"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="a33e03"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8e03a3"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="c99c00"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="c9211e"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000ee"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="551a8b"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
+        <a:ea typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+        <a:cs typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
+        <a:ea typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+        <a:cs typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme>
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:prstDash val="solid"/>
+          <a:miter/>
+        </a:ln>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:prstDash val="solid"/>
+          <a:miter/>
+        </a:ln>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:prstDash val="solid"/>
+          <a:miter/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+</a:theme>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:E59"/>
+  <dimension ref="A1:M59"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="160" zoomScaleNormal="160" zoomScalePageLayoutView="100" workbookViewId="0">
-      <selection pane="topLeft" activeCell="G8" activeCellId="0" sqref="G8"/>
+      <selection pane="topLeft" activeCell="I52" activeCellId="0" sqref="I52"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.53515625" defaultRowHeight="12.8" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
+  <sheetFormatPr defaultColWidth="11.55078125" defaultRowHeight="12.8" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="1" min="1" style="0" width="24.22"/>
-[...3 lines deleted...]
-    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="5" min="5" style="0" width="8.67"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="1" min="1" style="1" width="24.21"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="2" min="2" style="1" width="9.47"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="12" min="3" style="1" width="5.19"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="13" min="13" style="1" width="8.51"/>
   </cols>
   <sheetData>
     <row r="1" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A1" s="1" t="s">
-[...5 lines deleted...]
-      <c r="C1" s="1" t="s">
+      <c r="A1" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
+      <c r="F1" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="J1" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="K1" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="L1" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="M1" s="2" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="2" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A2" s="2" t="s">
+      <c r="A2" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C2" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E2" s="5" t="n">
         <v>5</v>
       </c>
-      <c r="B2" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="2" t="s">
+      <c r="F2" s="5" t="n">
+        <v>4</v>
+      </c>
+      <c r="G2" s="5" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="H2" s="6" t="n">
+        <f aca="false">E2+F2+G2</f>
+        <v>13.5</v>
+      </c>
+      <c r="I2" s="7" t="n">
+        <v>5</v>
+      </c>
+      <c r="J2" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="K2" s="7" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="L2" s="8" t="n">
+        <f aca="false">I2+J2+K2</f>
+        <v>13.5</v>
+      </c>
+      <c r="M2" s="9" t="n">
+        <f aca="false">ROUND(45*(L2/18),1)</f>
+        <v>33.8</v>
+      </c>
+    </row>
+    <row r="3" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A3" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="6" t="n">
+        <f aca="false">E3+F3+G3</f>
+        <v>0</v>
+      </c>
+      <c r="I3" s="7"/>
+      <c r="J3" s="7"/>
+      <c r="K3" s="7"/>
+      <c r="L3" s="8" t="n">
+        <f aca="false">I3+J3+K3</f>
+        <v>0</v>
+      </c>
+      <c r="M3" s="9" t="n">
+        <f aca="false">ROUND(45*(L3/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A4" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" s="4" t="n">
+        <v>2</v>
+      </c>
+      <c r="E4" s="5" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="F4" s="5"/>
+      <c r="G4" s="5"/>
+      <c r="H4" s="6" t="n">
+        <f aca="false">E4+F4+G4</f>
+        <v>1.5</v>
+      </c>
+      <c r="I4" s="7" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="J4" s="7"/>
+      <c r="K4" s="7"/>
+      <c r="L4" s="8" t="n">
+        <f aca="false">I4+J4+K4</f>
+        <v>1.5</v>
+      </c>
+      <c r="M4" s="9" t="n">
+        <f aca="false">ROUND(45*(L4/18),1)</f>
+        <v>3.8</v>
+      </c>
+    </row>
+    <row r="5" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A5" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" s="4" t="n">
+        <v>2</v>
+      </c>
+      <c r="E5" s="5"/>
+      <c r="F5" s="5"/>
+      <c r="G5" s="5"/>
+      <c r="H5" s="6" t="n">
+        <f aca="false">E5+F5+G5</f>
+        <v>0</v>
+      </c>
+      <c r="I5" s="7"/>
+      <c r="J5" s="7"/>
+      <c r="K5" s="7"/>
+      <c r="L5" s="8" t="n">
+        <f aca="false">I5+J5+K5</f>
+        <v>0</v>
+      </c>
+      <c r="M5" s="9" t="n">
+        <f aca="false">ROUND(45*(L5/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A6" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E6" s="10" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="F6" s="10" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="G6" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="H6" s="6" t="n">
+        <f aca="false">E6+F6+G6</f>
         <v>7</v>
       </c>
-      <c r="D2" s="2" t="n">
-[...2 lines deleted...]
-      <c r="E2" s="3" t="n">
+      <c r="I6" s="7"/>
+      <c r="J6" s="7"/>
+      <c r="K6" s="7"/>
+      <c r="L6" s="8" t="n">
+        <f aca="false">I6+J6+K6</f>
+        <v>0</v>
+      </c>
+      <c r="M6" s="9" t="n">
+        <f aca="false">ROUND(45*(L6/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A7" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E7" s="5" t="n">
+        <v>6</v>
+      </c>
+      <c r="F7" s="5" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="G7" s="10" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="H7" s="6" t="n">
+        <f aca="false">E7+F7+G7</f>
+        <v>15</v>
+      </c>
+      <c r="I7" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="J7" s="7" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="K7" s="7"/>
+      <c r="L7" s="8" t="n">
+        <f aca="false">I7+J7+K7</f>
+        <v>11.5</v>
+      </c>
+      <c r="M7" s="9" t="n">
+        <f aca="false">ROUND(45*(L7/18),1)</f>
+        <v>28.8</v>
+      </c>
+    </row>
+    <row r="8" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A8" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+      <c r="H8" s="6" t="n">
+        <f aca="false">E8+F8+G8</f>
+        <v>0</v>
+      </c>
+      <c r="I8" s="7"/>
+      <c r="J8" s="7"/>
+      <c r="K8" s="7"/>
+      <c r="L8" s="8" t="n">
+        <f aca="false">I8+J8+K8</f>
+        <v>0</v>
+      </c>
+      <c r="M8" s="9" t="n">
+        <f aca="false">ROUND(45*(L8/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A9" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E9" s="5"/>
+      <c r="F9" s="5"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="6" t="n">
+        <f aca="false">E9+F9+G9</f>
+        <v>0</v>
+      </c>
+      <c r="I9" s="7"/>
+      <c r="J9" s="7"/>
+      <c r="K9" s="7"/>
+      <c r="L9" s="8" t="n">
+        <f aca="false">I9+J9+K9</f>
+        <v>0</v>
+      </c>
+      <c r="M9" s="9" t="n">
+        <f aca="false">ROUND(45*(L9/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A10" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E10" s="5"/>
+      <c r="F10" s="5"/>
+      <c r="G10" s="5"/>
+      <c r="H10" s="6" t="n">
+        <f aca="false">E10+F10+G10</f>
+        <v>0</v>
+      </c>
+      <c r="I10" s="7"/>
+      <c r="J10" s="7"/>
+      <c r="K10" s="7"/>
+      <c r="L10" s="8" t="n">
+        <f aca="false">I10+J10+K10</f>
+        <v>0</v>
+      </c>
+      <c r="M10" s="9" t="n">
+        <f aca="false">ROUND(45*(L10/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A11" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E11" s="5" t="n">
+        <v>6</v>
+      </c>
+      <c r="F11" s="5" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="G11" s="5" t="n">
+        <v>4</v>
+      </c>
+      <c r="H11" s="6" t="n">
+        <f aca="false">E11+F11+G11</f>
+        <v>15.5</v>
+      </c>
+      <c r="I11" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="J11" s="7" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="K11" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="L11" s="8" t="n">
+        <f aca="false">I11+J11+K11</f>
+        <v>15.5</v>
+      </c>
+      <c r="M11" s="9" t="n">
+        <f aca="false">ROUND(45*(L11/18),1)</f>
+        <v>38.8</v>
+      </c>
+    </row>
+    <row r="12" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A12" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E12" s="5" t="n">
+        <v>6</v>
+      </c>
+      <c r="F12" s="5" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="G12" s="10" t="n">
+        <v>1</v>
+      </c>
+      <c r="H12" s="6" t="n">
+        <f aca="false">E12+F12+G12</f>
+        <v>9.5</v>
+      </c>
+      <c r="I12" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="J12" s="7" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="K12" s="7"/>
+      <c r="L12" s="8" t="n">
+        <f aca="false">I12+J12+K12</f>
+        <v>8.5</v>
+      </c>
+      <c r="M12" s="9" t="n">
+        <f aca="false">ROUND(45*(L12/18),1)</f>
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="13" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A13" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E13" s="5"/>
+      <c r="F13" s="5"/>
+      <c r="G13" s="5"/>
+      <c r="H13" s="6" t="n">
+        <f aca="false">E13+F13+G13</f>
+        <v>0</v>
+      </c>
+      <c r="I13" s="7"/>
+      <c r="J13" s="7"/>
+      <c r="K13" s="7"/>
+      <c r="L13" s="8" t="n">
+        <f aca="false">I13+J13+K13</f>
+        <v>0</v>
+      </c>
+      <c r="M13" s="9" t="n">
+        <f aca="false">ROUND(45*(L13/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A14" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B14" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" s="4" t="n">
+        <v>2</v>
+      </c>
+      <c r="E14" s="5"/>
+      <c r="F14" s="5"/>
+      <c r="G14" s="5"/>
+      <c r="H14" s="6" t="n">
+        <f aca="false">E14+F14+G14</f>
+        <v>0</v>
+      </c>
+      <c r="I14" s="7"/>
+      <c r="J14" s="7"/>
+      <c r="K14" s="7"/>
+      <c r="L14" s="8" t="n">
+        <f aca="false">I14+J14+K14</f>
+        <v>0</v>
+      </c>
+      <c r="M14" s="9" t="n">
+        <f aca="false">ROUND(45*(L14/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A15" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B15" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E15" s="5" t="n">
+        <v>6</v>
+      </c>
+      <c r="F15" s="5" t="n">
         <v>5</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="A4" s="2" t="s">
+      <c r="G15" s="5" t="n">
+        <v>5</v>
+      </c>
+      <c r="H15" s="6" t="n">
+        <f aca="false">E15+F15+G15</f>
+        <v>16</v>
+      </c>
+      <c r="I15" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="J15" s="7" t="n">
+        <v>5</v>
+      </c>
+      <c r="K15" s="7" t="n">
+        <v>5</v>
+      </c>
+      <c r="L15" s="8" t="n">
+        <f aca="false">I15+J15+K15</f>
+        <v>16</v>
+      </c>
+      <c r="M15" s="9" t="n">
+        <f aca="false">ROUND(45*(L15/18),1)</f>
+        <v>40</v>
+      </c>
+    </row>
+    <row r="16" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A16" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B16" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" s="4" t="n">
+        <v>2</v>
+      </c>
+      <c r="E16" s="5" t="n">
+        <v>3</v>
+      </c>
+      <c r="F16" s="5" t="n">
+        <v>5</v>
+      </c>
+      <c r="G16" s="5" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="H16" s="6" t="n">
+        <f aca="false">E16+F16+G16</f>
+        <v>12.5</v>
+      </c>
+      <c r="I16" s="7" t="n">
+        <v>3</v>
+      </c>
+      <c r="J16" s="7" t="n">
+        <v>5</v>
+      </c>
+      <c r="K16" s="7" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="L16" s="8" t="n">
+        <f aca="false">I16+J16+K16</f>
+        <v>12.5</v>
+      </c>
+      <c r="M16" s="9" t="n">
+        <f aca="false">ROUND(45*(L16/18),1)</f>
+        <v>31.3</v>
+      </c>
+    </row>
+    <row r="17" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A17" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>6</v>
+      </c>
+      <c r="F17" s="5" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="G17" s="5" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="H17" s="6" t="n">
+        <f aca="false">E17+F17+G17</f>
+        <v>13</v>
+      </c>
+      <c r="I17" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="J17" s="7" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="K17" s="7" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="L17" s="8" t="n">
+        <f aca="false">I17+J17+K17</f>
+        <v>13</v>
+      </c>
+      <c r="M17" s="9" t="n">
+        <f aca="false">ROUND(45*(L17/18),1)</f>
+        <v>32.5</v>
+      </c>
+    </row>
+    <row r="18" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A18" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E18" s="5"/>
+      <c r="F18" s="5"/>
+      <c r="G18" s="5"/>
+      <c r="H18" s="6" t="n">
+        <f aca="false">E18+F18+G18</f>
+        <v>0</v>
+      </c>
+      <c r="I18" s="7"/>
+      <c r="J18" s="7"/>
+      <c r="K18" s="7"/>
+      <c r="L18" s="8" t="n">
+        <f aca="false">I18+J18+K18</f>
+        <v>0</v>
+      </c>
+      <c r="M18" s="9" t="n">
+        <f aca="false">ROUND(45*(L18/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A19" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E19" s="10" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="F19" s="10" t="n">
+        <v>1</v>
+      </c>
+      <c r="G19" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="H19" s="6" t="n">
+        <f aca="false">E19+F19+G19</f>
+        <v>2.5</v>
+      </c>
+      <c r="I19" s="7"/>
+      <c r="J19" s="7"/>
+      <c r="K19" s="7"/>
+      <c r="L19" s="8" t="n">
+        <f aca="false">I19+J19+K19</f>
+        <v>0</v>
+      </c>
+      <c r="M19" s="9" t="n">
+        <f aca="false">ROUND(45*(L19/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A20" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E20" s="5" t="n">
+        <v>3</v>
+      </c>
+      <c r="F20" s="5"/>
+      <c r="G20" s="5"/>
+      <c r="H20" s="6" t="n">
+        <f aca="false">E20+F20+G20</f>
+        <v>3</v>
+      </c>
+      <c r="I20" s="7" t="n">
+        <v>3</v>
+      </c>
+      <c r="J20" s="7"/>
+      <c r="K20" s="7"/>
+      <c r="L20" s="8" t="n">
+        <f aca="false">I20+J20+K20</f>
+        <v>3</v>
+      </c>
+      <c r="M20" s="9" t="n">
+        <f aca="false">ROUND(45*(L20/18),1)</f>
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="21" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A21" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B21" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E21" s="5" t="n">
+        <v>6</v>
+      </c>
+      <c r="F21" s="5" t="n">
+        <v>6</v>
+      </c>
+      <c r="G21" s="5" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="H21" s="6" t="n">
+        <f aca="false">E21+F21+G21</f>
+        <v>17.5</v>
+      </c>
+      <c r="I21" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="J21" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="K21" s="7" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="L21" s="8" t="n">
+        <f aca="false">I21+J21+K21</f>
+        <v>17.5</v>
+      </c>
+      <c r="M21" s="9" t="n">
+        <f aca="false">ROUND(45*(L21/18),1)</f>
+        <v>43.8</v>
+      </c>
+    </row>
+    <row r="22" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A22" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="B22" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E22" s="5" t="n">
+        <v>6</v>
+      </c>
+      <c r="F22" s="5" t="n">
+        <v>6</v>
+      </c>
+      <c r="G22" s="5" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="H22" s="6" t="n">
+        <f aca="false">E22+F22+G22</f>
+        <v>15.5</v>
+      </c>
+      <c r="I22" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="J22" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="K22" s="7" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="L22" s="8" t="n">
+        <f aca="false">I22+J22+K22</f>
+        <v>15.5</v>
+      </c>
+      <c r="M22" s="9" t="n">
+        <f aca="false">ROUND(45*(L22/18),1)</f>
+        <v>38.8</v>
+      </c>
+    </row>
+    <row r="23" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A23" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B23" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E23" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="F23" s="10" t="n">
+        <v>2</v>
+      </c>
+      <c r="G23" s="5"/>
+      <c r="H23" s="6" t="n">
+        <f aca="false">E23+F23+G23</f>
+        <v>2</v>
+      </c>
+      <c r="I23" s="7"/>
+      <c r="J23" s="7"/>
+      <c r="K23" s="7"/>
+      <c r="L23" s="8" t="n">
+        <f aca="false">I23+J23+K23</f>
+        <v>0</v>
+      </c>
+      <c r="M23" s="9" t="n">
+        <f aca="false">ROUND(45*(L23/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A24" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="B24" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" s="4" t="n">
+        <v>2</v>
+      </c>
+      <c r="E24" s="5"/>
+      <c r="F24" s="5"/>
+      <c r="G24" s="5"/>
+      <c r="H24" s="6" t="n">
+        <f aca="false">E24+F24+G24</f>
+        <v>0</v>
+      </c>
+      <c r="I24" s="7"/>
+      <c r="J24" s="7"/>
+      <c r="K24" s="7"/>
+      <c r="L24" s="8" t="n">
+        <f aca="false">I24+J24+K24</f>
+        <v>0</v>
+      </c>
+      <c r="M24" s="9" t="n">
+        <f aca="false">ROUND(45*(L24/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A25" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="B25" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D25" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E25" s="5" t="n">
+        <v>4</v>
+      </c>
+      <c r="F25" s="5" t="n">
+        <v>4</v>
+      </c>
+      <c r="G25" s="5" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="H25" s="6" t="n">
+        <f aca="false">E25+F25+G25</f>
+        <v>12.5</v>
+      </c>
+      <c r="I25" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="J25" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="K25" s="7" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="L25" s="8" t="n">
+        <f aca="false">I25+J25+K25</f>
+        <v>12.5</v>
+      </c>
+      <c r="M25" s="9" t="n">
+        <f aca="false">ROUND(45*(L25/18),1)</f>
+        <v>31.3</v>
+      </c>
+    </row>
+    <row r="26" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A26" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="B26" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D26" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E26" s="5" t="n">
+        <v>6</v>
+      </c>
+      <c r="F26" s="5" t="n">
+        <v>6</v>
+      </c>
+      <c r="G26" s="5" t="n">
+        <v>5</v>
+      </c>
+      <c r="H26" s="6" t="n">
+        <f aca="false">E26+F26+G26</f>
+        <v>17</v>
+      </c>
+      <c r="I26" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="J26" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="K26" s="7" t="n">
+        <v>5</v>
+      </c>
+      <c r="L26" s="8" t="n">
+        <f aca="false">I26+J26+K26</f>
+        <v>17</v>
+      </c>
+      <c r="M26" s="9" t="n">
+        <f aca="false">ROUND(45*(L26/18),1)</f>
+        <v>42.5</v>
+      </c>
+    </row>
+    <row r="27" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A27" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="B27" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D27" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E27" s="10" t="n">
+        <v>4</v>
+      </c>
+      <c r="F27" s="5"/>
+      <c r="G27" s="10" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="H27" s="6" t="n">
+        <f aca="false">E27+F27+G27</f>
+        <v>5.5</v>
+      </c>
+      <c r="I27" s="7"/>
+      <c r="J27" s="7"/>
+      <c r="K27" s="7"/>
+      <c r="L27" s="8" t="n">
+        <f aca="false">I27+J27+K27</f>
+        <v>0</v>
+      </c>
+      <c r="M27" s="9" t="n">
+        <f aca="false">ROUND(45*(L27/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A28" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B28" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D28" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E28" s="10" t="n">
+        <v>3</v>
+      </c>
+      <c r="F28" s="10" t="n">
+        <v>2</v>
+      </c>
+      <c r="G28" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="H28" s="6" t="n">
+        <f aca="false">E28+F28+G28</f>
+        <v>5</v>
+      </c>
+      <c r="I28" s="7"/>
+      <c r="J28" s="7"/>
+      <c r="K28" s="7"/>
+      <c r="L28" s="8" t="n">
+        <f aca="false">I28+J28+K28</f>
+        <v>0</v>
+      </c>
+      <c r="M28" s="9" t="n">
+        <f aca="false">ROUND(45*(L28/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A29" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="B29" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D29" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E29" s="5"/>
+      <c r="F29" s="5"/>
+      <c r="G29" s="5"/>
+      <c r="H29" s="6" t="n">
+        <f aca="false">E29+F29+G29</f>
+        <v>0</v>
+      </c>
+      <c r="I29" s="7"/>
+      <c r="J29" s="7"/>
+      <c r="K29" s="7"/>
+      <c r="L29" s="8" t="n">
+        <f aca="false">I29+J29+K29</f>
+        <v>0</v>
+      </c>
+      <c r="M29" s="9" t="n">
+        <f aca="false">ROUND(45*(L29/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A30" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="B30" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D30" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E30" s="10" t="n">
+        <v>1</v>
+      </c>
+      <c r="F30" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="G30" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="H30" s="6" t="n">
+        <f aca="false">E30+F30+G30</f>
+        <v>1</v>
+      </c>
+      <c r="I30" s="7"/>
+      <c r="J30" s="7"/>
+      <c r="K30" s="7"/>
+      <c r="L30" s="8" t="n">
+        <f aca="false">I30+J30+K30</f>
+        <v>0</v>
+      </c>
+      <c r="M30" s="9" t="n">
+        <f aca="false">ROUND(45*(L30/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A31" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="B31" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E31" s="5"/>
+      <c r="F31" s="5"/>
+      <c r="G31" s="5"/>
+      <c r="H31" s="6" t="n">
+        <f aca="false">E31+F31+G31</f>
+        <v>0</v>
+      </c>
+      <c r="I31" s="7"/>
+      <c r="J31" s="7"/>
+      <c r="K31" s="7"/>
+      <c r="L31" s="8" t="n">
+        <f aca="false">I31+J31+K31</f>
+        <v>0</v>
+      </c>
+      <c r="M31" s="9" t="n">
+        <f aca="false">ROUND(45*(L31/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A32" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="B32" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32" s="4" t="n">
+        <v>2</v>
+      </c>
+      <c r="E32" s="5"/>
+      <c r="F32" s="5"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="6" t="n">
+        <f aca="false">E32+F32+G32</f>
+        <v>0</v>
+      </c>
+      <c r="I32" s="7"/>
+      <c r="J32" s="7"/>
+      <c r="K32" s="7"/>
+      <c r="L32" s="8" t="n">
+        <f aca="false">I32+J32+K32</f>
+        <v>0</v>
+      </c>
+      <c r="M32" s="9" t="n">
+        <f aca="false">ROUND(45*(L32/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A33" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="B33" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D33" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E33" s="5"/>
+      <c r="F33" s="5"/>
+      <c r="G33" s="5"/>
+      <c r="H33" s="6" t="n">
+        <f aca="false">E33+F33+G33</f>
+        <v>0</v>
+      </c>
+      <c r="I33" s="7"/>
+      <c r="J33" s="7"/>
+      <c r="K33" s="7"/>
+      <c r="L33" s="8" t="n">
+        <f aca="false">I33+J33+K33</f>
+        <v>0</v>
+      </c>
+      <c r="M33" s="9" t="n">
+        <f aca="false">ROUND(45*(L33/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A34" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="B34" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D34" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E34" s="5"/>
+      <c r="F34" s="5"/>
+      <c r="G34" s="5"/>
+      <c r="H34" s="6" t="n">
+        <f aca="false">E34+F34+G34</f>
+        <v>0</v>
+      </c>
+      <c r="I34" s="7"/>
+      <c r="J34" s="7"/>
+      <c r="K34" s="7"/>
+      <c r="L34" s="8" t="n">
+        <f aca="false">I34+J34+K34</f>
+        <v>0</v>
+      </c>
+      <c r="M34" s="9" t="n">
+        <f aca="false">ROUND(45*(L34/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A35" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="B35" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D35" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E35" s="5" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="F35" s="5" t="n">
+        <v>3</v>
+      </c>
+      <c r="G35" s="5" t="n">
+        <v>4</v>
+      </c>
+      <c r="H35" s="6" t="n">
+        <f aca="false">E35+F35+G35</f>
+        <v>10.5</v>
+      </c>
+      <c r="I35" s="7" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="J35" s="7" t="n">
+        <v>3</v>
+      </c>
+      <c r="K35" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="L35" s="8" t="n">
+        <f aca="false">I35+J35+K35</f>
+        <v>10.5</v>
+      </c>
+      <c r="M35" s="9" t="n">
+        <f aca="false">ROUND(45*(L35/18),1)</f>
+        <v>26.3</v>
+      </c>
+    </row>
+    <row r="36" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A36" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="B36" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D36" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E36" s="10" t="n">
+        <v>2</v>
+      </c>
+      <c r="F36" s="5"/>
+      <c r="G36" s="5"/>
+      <c r="H36" s="6" t="n">
+        <f aca="false">E36+F36+G36</f>
+        <v>2</v>
+      </c>
+      <c r="I36" s="7"/>
+      <c r="J36" s="7"/>
+      <c r="K36" s="7"/>
+      <c r="L36" s="8" t="n">
+        <f aca="false">I36+J36+K36</f>
+        <v>0</v>
+      </c>
+      <c r="M36" s="9" t="n">
+        <f aca="false">ROUND(45*(L36/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A37" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B37" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D37" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E37" s="5"/>
+      <c r="F37" s="5"/>
+      <c r="G37" s="5"/>
+      <c r="H37" s="6" t="n">
+        <f aca="false">E37+F37+G37</f>
+        <v>0</v>
+      </c>
+      <c r="I37" s="7"/>
+      <c r="J37" s="7"/>
+      <c r="K37" s="7"/>
+      <c r="L37" s="8" t="n">
+        <f aca="false">I37+J37+K37</f>
+        <v>0</v>
+      </c>
+      <c r="M37" s="9" t="n">
+        <f aca="false">ROUND(45*(L37/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A38" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="B38" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D38" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E38" s="10" t="n">
+        <v>1</v>
+      </c>
+      <c r="F38" s="10" t="n">
+        <v>1</v>
+      </c>
+      <c r="G38" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="H38" s="6" t="n">
+        <f aca="false">E38+F38+G38</f>
+        <v>2</v>
+      </c>
+      <c r="I38" s="7"/>
+      <c r="J38" s="7"/>
+      <c r="K38" s="7"/>
+      <c r="L38" s="8" t="n">
+        <f aca="false">I38+J38+K38</f>
+        <v>0</v>
+      </c>
+      <c r="M38" s="9" t="n">
+        <f aca="false">ROUND(45*(L38/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A39" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="B39" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D39" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E39" s="5" t="n">
+        <v>6</v>
+      </c>
+      <c r="F39" s="5" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="G39" s="10" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="H39" s="6" t="n">
+        <f aca="false">E39+F39+G39</f>
+        <v>13</v>
+      </c>
+      <c r="I39" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="J39" s="7" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="K39" s="7"/>
+      <c r="L39" s="8" t="n">
+        <f aca="false">I39+J39+K39</f>
+        <v>10.5</v>
+      </c>
+      <c r="M39" s="9" t="n">
+        <f aca="false">ROUND(45*(L39/18),1)</f>
+        <v>26.3</v>
+      </c>
+    </row>
+    <row r="40" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A40" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="B40" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D40" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E40" s="10" t="n">
+        <v>3</v>
+      </c>
+      <c r="F40" s="10" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="G40" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="H40" s="6" t="n">
+        <f aca="false">E40+F40+G40</f>
+        <v>6.5</v>
+      </c>
+      <c r="I40" s="7"/>
+      <c r="J40" s="7"/>
+      <c r="K40" s="7"/>
+      <c r="L40" s="8" t="n">
+        <f aca="false">I40+J40+K40</f>
+        <v>0</v>
+      </c>
+      <c r="M40" s="9" t="n">
+        <f aca="false">ROUND(45*(L40/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A41" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="B41" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D41" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E41" s="5" t="n">
+        <v>6</v>
+      </c>
+      <c r="F41" s="5" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="G41" s="10" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="H41" s="6" t="n">
+        <f aca="false">E41+F41+G41</f>
+        <v>13</v>
+      </c>
+      <c r="I41" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="J41" s="7" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="K41" s="7"/>
+      <c r="L41" s="8" t="n">
+        <f aca="false">I41+J41+K41</f>
+        <v>10.5</v>
+      </c>
+      <c r="M41" s="9" t="n">
+        <f aca="false">ROUND(45*(L41/18),1)</f>
+        <v>26.3</v>
+      </c>
+    </row>
+    <row r="42" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A42" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="B42" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D42" s="4" t="n">
+        <v>2</v>
+      </c>
+      <c r="E42" s="5"/>
+      <c r="F42" s="5"/>
+      <c r="G42" s="5"/>
+      <c r="H42" s="6" t="n">
+        <f aca="false">E42+F42+G42</f>
+        <v>0</v>
+      </c>
+      <c r="I42" s="7"/>
+      <c r="J42" s="7"/>
+      <c r="K42" s="7"/>
+      <c r="L42" s="8" t="n">
+        <f aca="false">I42+J42+K42</f>
+        <v>0</v>
+      </c>
+      <c r="M42" s="9" t="n">
+        <f aca="false">ROUND(45*(L42/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A43" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="B43" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D43" s="4" t="n">
+        <v>2</v>
+      </c>
+      <c r="E43" s="5" t="n">
+        <v>6</v>
+      </c>
+      <c r="F43" s="5" t="n">
+        <v>6</v>
+      </c>
+      <c r="G43" s="5" t="n">
+        <v>5</v>
+      </c>
+      <c r="H43" s="6" t="n">
+        <f aca="false">E43+F43+G43</f>
+        <v>17</v>
+      </c>
+      <c r="I43" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="J43" s="7" t="n">
+        <v>6</v>
+      </c>
+      <c r="K43" s="7" t="n">
+        <v>5</v>
+      </c>
+      <c r="L43" s="8" t="n">
+        <f aca="false">I43+J43+K43</f>
+        <v>17</v>
+      </c>
+      <c r="M43" s="9" t="n">
+        <f aca="false">ROUND(45*(L43/18),1)</f>
+        <v>42.5</v>
+      </c>
+    </row>
+    <row r="44" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A44" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="B44" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D44" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E44" s="10" t="n">
+        <v>1</v>
+      </c>
+      <c r="F44" s="10" t="n">
+        <v>1</v>
+      </c>
+      <c r="G44" s="5"/>
+      <c r="H44" s="6" t="n">
+        <f aca="false">E44+F44+G44</f>
+        <v>2</v>
+      </c>
+      <c r="I44" s="7"/>
+      <c r="J44" s="7"/>
+      <c r="K44" s="7"/>
+      <c r="L44" s="8" t="n">
+        <f aca="false">I44+J44+K44</f>
+        <v>0</v>
+      </c>
+      <c r="M44" s="9" t="n">
+        <f aca="false">ROUND(45*(L44/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A45" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="B45" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="C45" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D45" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E45" s="5"/>
+      <c r="F45" s="5"/>
+      <c r="G45" s="5"/>
+      <c r="H45" s="6" t="n">
+        <f aca="false">E45+F45+G45</f>
+        <v>0</v>
+      </c>
+      <c r="I45" s="7"/>
+      <c r="J45" s="7"/>
+      <c r="K45" s="7"/>
+      <c r="L45" s="8" t="n">
+        <f aca="false">I45+J45+K45</f>
+        <v>0</v>
+      </c>
+      <c r="M45" s="9" t="n">
+        <f aca="false">ROUND(45*(L45/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A46" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="B46" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="C46" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D46" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E46" s="5" t="n">
+        <v>3</v>
+      </c>
+      <c r="F46" s="5"/>
+      <c r="G46" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="H46" s="6" t="n">
+        <f aca="false">E46+F46+G46</f>
+        <v>3</v>
+      </c>
+      <c r="I46" s="7" t="n">
+        <v>3</v>
+      </c>
+      <c r="J46" s="7"/>
+      <c r="K46" s="7"/>
+      <c r="L46" s="8" t="n">
+        <f aca="false">I46+J46+K46</f>
+        <v>3</v>
+      </c>
+      <c r="M46" s="9" t="n">
+        <f aca="false">ROUND(45*(L46/18),1)</f>
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="47" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A47" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="B47" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D47" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E47" s="5"/>
+      <c r="F47" s="5"/>
+      <c r="G47" s="5"/>
+      <c r="H47" s="6" t="n">
+        <f aca="false">E47+F47+G47</f>
+        <v>0</v>
+      </c>
+      <c r="I47" s="7"/>
+      <c r="J47" s="7"/>
+      <c r="K47" s="7"/>
+      <c r="L47" s="8" t="n">
+        <f aca="false">I47+J47+K47</f>
+        <v>0</v>
+      </c>
+      <c r="M47" s="9" t="n">
+        <f aca="false">ROUND(45*(L47/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A48" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="B48" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="C48" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D48" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E48" s="10" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="F48" s="10" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="G48" s="10" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="H48" s="6" t="n">
+        <f aca="false">E48+F48+G48</f>
+        <v>4.5</v>
+      </c>
+      <c r="I48" s="7"/>
+      <c r="J48" s="7"/>
+      <c r="K48" s="7"/>
+      <c r="L48" s="8" t="n">
+        <f aca="false">I48+J48+K48</f>
+        <v>0</v>
+      </c>
+      <c r="M48" s="9" t="n">
+        <f aca="false">ROUND(45*(L48/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A49" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="B49" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D49" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E49" s="10" t="n">
+        <v>5</v>
+      </c>
+      <c r="F49" s="10" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="G49" s="5" t="n">
+        <v>5</v>
+      </c>
+      <c r="H49" s="6" t="n">
+        <f aca="false">E49+F49+G49</f>
+        <v>14.5</v>
+      </c>
+      <c r="I49" s="7"/>
+      <c r="J49" s="7"/>
+      <c r="K49" s="7" t="n">
+        <v>5</v>
+      </c>
+      <c r="L49" s="8" t="n">
+        <f aca="false">I49+J49+K49</f>
+        <v>5</v>
+      </c>
+      <c r="M49" s="9" t="n">
+        <f aca="false">ROUND(45*(L49/18),1)</f>
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="50" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A50" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B50" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D50" s="4" t="n">
+        <v>2</v>
+      </c>
+      <c r="E50" s="5"/>
+      <c r="F50" s="5"/>
+      <c r="G50" s="5"/>
+      <c r="H50" s="6" t="n">
+        <f aca="false">E50+F50+G50</f>
+        <v>0</v>
+      </c>
+      <c r="I50" s="7"/>
+      <c r="J50" s="7"/>
+      <c r="K50" s="7"/>
+      <c r="L50" s="8" t="n">
+        <f aca="false">I50+J50+K50</f>
+        <v>0</v>
+      </c>
+      <c r="M50" s="9" t="n">
+        <f aca="false">ROUND(45*(L50/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A51" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="B51" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D51" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E51" s="5"/>
+      <c r="F51" s="5"/>
+      <c r="G51" s="5"/>
+      <c r="H51" s="6" t="n">
+        <f aca="false">E51+F51+G51</f>
+        <v>0</v>
+      </c>
+      <c r="I51" s="7"/>
+      <c r="J51" s="7"/>
+      <c r="K51" s="7"/>
+      <c r="L51" s="8" t="n">
+        <f aca="false">I51+J51+K51</f>
+        <v>0</v>
+      </c>
+      <c r="M51" s="9" t="n">
+        <f aca="false">ROUND(45*(L51/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A52" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="B52" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="C52" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D52" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E52" s="10" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="F52" s="5"/>
+      <c r="G52" s="5"/>
+      <c r="H52" s="6" t="n">
+        <f aca="false">E52+F52+G52</f>
+        <v>3.5</v>
+      </c>
+      <c r="I52" s="7"/>
+      <c r="J52" s="7"/>
+      <c r="K52" s="7"/>
+      <c r="L52" s="8" t="n">
+        <f aca="false">I52+J52+K52</f>
+        <v>0</v>
+      </c>
+      <c r="M52" s="9" t="n">
+        <f aca="false">ROUND(45*(L52/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A53" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="B53" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D53" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E53" s="5" t="n">
+        <v>3</v>
+      </c>
+      <c r="F53" s="5"/>
+      <c r="G53" s="5"/>
+      <c r="H53" s="6" t="n">
+        <f aca="false">E53+F53+G53</f>
+        <v>3</v>
+      </c>
+      <c r="I53" s="7" t="n">
+        <v>3</v>
+      </c>
+      <c r="J53" s="7"/>
+      <c r="K53" s="7"/>
+      <c r="L53" s="8" t="n">
+        <f aca="false">I53+J53+K53</f>
+        <v>3</v>
+      </c>
+      <c r="M53" s="9" t="n">
+        <f aca="false">ROUND(45*(L53/18),1)</f>
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="54" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A54" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="B54" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="C54" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D54" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E54" s="5"/>
+      <c r="F54" s="5"/>
+      <c r="G54" s="5"/>
+      <c r="H54" s="6" t="n">
+        <f aca="false">E54+F54+G54</f>
+        <v>0</v>
+      </c>
+      <c r="I54" s="7"/>
+      <c r="J54" s="7"/>
+      <c r="K54" s="7"/>
+      <c r="L54" s="8" t="n">
+        <f aca="false">I54+J54+K54</f>
+        <v>0</v>
+      </c>
+      <c r="M54" s="9" t="n">
+        <f aca="false">ROUND(45*(L54/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A55" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="B55" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="C55" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D55" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E55" s="5"/>
+      <c r="F55" s="5"/>
+      <c r="G55" s="5"/>
+      <c r="H55" s="6" t="n">
+        <f aca="false">E55+F55+G55</f>
+        <v>0</v>
+      </c>
+      <c r="I55" s="7"/>
+      <c r="J55" s="7"/>
+      <c r="K55" s="7"/>
+      <c r="L55" s="8" t="n">
+        <f aca="false">I55+J55+K55</f>
+        <v>0</v>
+      </c>
+      <c r="M55" s="9" t="n">
+        <f aca="false">ROUND(45*(L55/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A56" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="B56" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C56" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D56" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E56" s="10" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="F56" s="5"/>
+      <c r="G56" s="5"/>
+      <c r="H56" s="6" t="n">
+        <f aca="false">E56+F56+G56</f>
+        <v>0.5</v>
+      </c>
+      <c r="I56" s="7"/>
+      <c r="J56" s="7"/>
+      <c r="K56" s="7"/>
+      <c r="L56" s="8" t="n">
+        <f aca="false">I56+J56+K56</f>
+        <v>0</v>
+      </c>
+      <c r="M56" s="9" t="n">
+        <f aca="false">ROUND(45*(L56/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A57" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="B57" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D57" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E57" s="5" t="n">
+        <v>4</v>
+      </c>
+      <c r="F57" s="5"/>
+      <c r="G57" s="10" t="n">
+        <v>1</v>
+      </c>
+      <c r="H57" s="6" t="n">
+        <f aca="false">E57+F57+G57</f>
+        <v>5</v>
+      </c>
+      <c r="I57" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="J57" s="7"/>
+      <c r="K57" s="7"/>
+      <c r="L57" s="8" t="n">
+        <f aca="false">I57+J57+K57</f>
+        <v>4</v>
+      </c>
+      <c r="M57" s="9" t="n">
+        <f aca="false">ROUND(45*(L57/18),1)</f>
         <v>10</v>
       </c>
-      <c r="B4" s="2" t="s">
-[...31 lines deleted...]
-      <c r="B6" s="2" t="s">
+    </row>
+    <row r="58" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A58" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="B58" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="C58" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D58" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E58" s="5"/>
+      <c r="F58" s="5"/>
+      <c r="G58" s="5"/>
+      <c r="H58" s="6" t="n">
+        <f aca="false">E58+F58+G58</f>
+        <v>0</v>
+      </c>
+      <c r="I58" s="7"/>
+      <c r="J58" s="7"/>
+      <c r="K58" s="7"/>
+      <c r="L58" s="8" t="n">
+        <f aca="false">I58+J58+K58</f>
+        <v>0</v>
+      </c>
+      <c r="M58" s="9" t="n">
+        <f aca="false">ROUND(45*(L58/18),1)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A59" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="B59" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="C59" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D59" s="4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E59" s="5" t="n">
+        <v>3</v>
+      </c>
+      <c r="F59" s="5" t="n">
+        <v>3</v>
+      </c>
+      <c r="G59" s="10" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="H59" s="6" t="n">
+        <f aca="false">E59+F59+G59</f>
+        <v>8.5</v>
+      </c>
+      <c r="I59" s="7" t="n">
+        <v>3</v>
+      </c>
+      <c r="J59" s="7" t="n">
+        <v>3</v>
+      </c>
+      <c r="K59" s="7"/>
+      <c r="L59" s="8" t="n">
+        <f aca="false">I59+J59+K59</f>
+        <v>6</v>
+      </c>
+      <c r="M59" s="9" t="n">
+        <f aca="false">ROUND(45*(L59/18),1)</f>
         <v>15</v>
-      </c>
-[...866 lines deleted...]
-        <v>3</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <pageSetup paperSize="9" scale="100" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" blackAndWhite="false" draft="false" cellComments="none" firstPageNumber="1" useFirstPageNumber="true" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Application>LibreOffice/7.3.7.2$Linux_X86_64 LibreOffice_project/30$Build-2</Application>
+  <Application>LibreOffice/24.2.7.2$Linux_X86_64 LibreOffice_project/420$Build-2</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <dc:description/>
   <dc:language>en-US</dc:language>
   <cp:lastModifiedBy/>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
   <dc:subject/>
   <dc:title/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+</file>